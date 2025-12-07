--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -472,120 +472,120 @@
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="2">
         <v>41274</v>
       </c>
       <c r="E3" s="3">
         <v>2012</v>
       </c>
       <c r="F3">
         <v>42.5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D4" s="2">
         <v>42004</v>
       </c>
       <c r="E4" s="3">
         <v>2014</v>
       </c>
       <c r="F4">
-        <v>55.5</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D5" s="2">
         <v>42004</v>
       </c>
       <c r="E5" s="3">
         <v>2014</v>
       </c>
       <c r="F5">
-        <v>51</v>
+        <v>55.5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D6" s="2">
         <v>42735</v>
       </c>
       <c r="E6" s="3">
         <v>2016</v>
       </c>
       <c r="F6">
-        <v>70</v>
+        <v>60.5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D7" s="2">
         <v>42735</v>
       </c>
       <c r="E7" s="3">
         <v>2016</v>
       </c>
       <c r="F7">
-        <v>60.5</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2">
         <v>43465</v>
       </c>
       <c r="E8" s="3">
         <v>2018</v>
       </c>
       <c r="F8">
         <v>56</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>6</v>