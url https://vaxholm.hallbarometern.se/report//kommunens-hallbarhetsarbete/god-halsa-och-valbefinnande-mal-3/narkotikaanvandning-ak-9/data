--- v0 (2025-10-22)
+++ v1 (2026-01-23)
@@ -472,80 +472,80 @@
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="2">
         <v>41274</v>
       </c>
       <c r="E3" s="3">
         <v>2012</v>
       </c>
       <c r="F3">
         <v>13.5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D4" s="2">
         <v>42004</v>
       </c>
       <c r="E4" s="3">
         <v>2014</v>
       </c>
       <c r="F4">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D5" s="2">
         <v>42004</v>
       </c>
       <c r="E5" s="3">
         <v>2014</v>
       </c>
       <c r="F5">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2">
         <v>42735</v>
       </c>
       <c r="E6" s="3">
         <v>2016</v>
       </c>
       <c r="F6">
         <v>9</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
@@ -592,80 +592,80 @@
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2">
         <v>43465</v>
       </c>
       <c r="E9" s="3">
         <v>2018</v>
       </c>
       <c r="F9">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D10" s="2">
         <v>44196</v>
       </c>
       <c r="E10" s="3">
         <v>2020</v>
       </c>
       <c r="F10">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D11" s="2">
         <v>44196</v>
       </c>
       <c r="E11" s="3">
         <v>2020</v>
       </c>
       <c r="F11">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="2">
         <v>44926</v>
       </c>
       <c r="E12" s="3">
         <v>2022</v>
       </c>
       <c r="F12">
         <v>10.5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>